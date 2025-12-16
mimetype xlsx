--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1cd13d7267f741e9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5f70913bfe4e4e31" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R33a766518ac7420d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfd775d52ac6645bc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R00357b32c7184515" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R33a766518ac7420d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re16d655f35b6462a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfd775d52ac6645bc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>SPDR S&amp;P U.S. Health Care Select Sector UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BWBXM617</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>34,930</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,204</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,438</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,491</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,732</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,819</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,364</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,803</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,294</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,222</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,934</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,977</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,113</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,812</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,511</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,662</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,114</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>