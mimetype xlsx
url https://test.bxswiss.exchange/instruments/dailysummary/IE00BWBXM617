--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5f70913bfe4e4e31" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc6fd6a864fe346fe" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfd775d52ac6645bc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd4bf0ad62d81464e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re16d655f35b6462a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfd775d52ac6645bc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2b82d5954749434f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd4bf0ad62d81464e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>SPDR S&amp;P U.S. Health Care Select Sector UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BWBXM617</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...247 lines deleted...]
-          <x:t>39,260</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,114</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,638</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,833</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,928</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,864</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,064</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,900</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>39,316</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...330 lines deleted...]
-          <x:t>38,114</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,464</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,882</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,853</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>