--- v0 (2025-10-02)
+++ v1 (2025-12-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1a0756e142384fec" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdeb13ac324b84f10" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4ed9e0a435a74f51"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0ceae04accce4ed8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8bb7537b26bc480d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4ed9e0a435a74f51" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8e64409dc1dd41cf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0ceae04accce4ed8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>SPDR S&amp;P U.S. Utilities Select Sector UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BWBXMB69</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>43,733</x:t>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,936</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,017</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,229</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,524</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,511</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,762</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,241</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,467</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,561</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,909</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,012</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,216</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,487</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,047</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,649</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,579</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,138</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,549</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,431</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,424</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>