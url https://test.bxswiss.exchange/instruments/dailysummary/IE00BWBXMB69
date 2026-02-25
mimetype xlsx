--- v1 (2025-12-15)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdeb13ac324b84f10" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R641aa1d065ed400d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0ceae04accce4ed8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2864305a7ad34e19"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8e64409dc1dd41cf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0ceae04accce4ed8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0d228d561ab446bc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2864305a7ad34e19" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>SPDR S&amp;P U.S. Utilities Select Sector UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BWBXMB69</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.11.2025</x:t>
-[...544 lines deleted...]
-          <x:t>42,402</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,389</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,276</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,219</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>42,626</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...33 lines deleted...]
-          <x:t>42,424</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,752</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,034</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,078</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,633</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,853</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,162</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,217</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,791</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,389</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,664</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,992</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>