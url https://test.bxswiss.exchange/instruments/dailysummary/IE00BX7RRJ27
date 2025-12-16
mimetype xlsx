--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R819830b085ef4be7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0a37591aad594a70" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8008c0a999ee4d0c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb852220f91b0431e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0d1e90a9e87a4c5e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8008c0a999ee4d0c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfb47596a62864d21" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb852220f91b0431e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS (Irl) ETF plc Factor MSCI USA Quality ESG UCITS ETF (USD)</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BX7RRJ27</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...586 lines deleted...]
-          <x:t>46,873</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,938</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,658</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,304</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,869</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,301</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,871</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,839</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,251</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,208</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,182</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,119</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,232</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,314</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,458</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,823</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,656</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,428</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,199</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>