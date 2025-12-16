--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1716be5fbf9a466f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra18b59c683f641a0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfe7bc4c25ad74016"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6a049c16bc7048f2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re7831f07271a4f7c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfe7bc4c25ad74016" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdfa97e51ff8a49ce" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6a049c16bc7048f2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS Fdso - MSCI ACWI SF UCITS ETF (USD) Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BYM11H29</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>180,709</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,968</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,256</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,508</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,627</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,883</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,024</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,497</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,297</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,087</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,593</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,086</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,987</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,813</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,756</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,066</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,132</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,137</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,692</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,136</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,773</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>