--- v0 (2025-10-01)
+++ v1 (2025-12-17)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R50f1a6270f7c4e9d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re6af381e61684617" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9f2ae87c5e0d4691"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6ad82d9c465c4f59"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0e7536726967421e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9f2ae87c5e0d4691" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc4f12652eb7141b2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6ad82d9c465c4f59" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(I)FS - MSCI ACWI SF UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BYM11J43</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>234,459</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,292</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,123</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,562</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,246</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,027</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,389</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,011</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,024</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,564</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,511</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,029</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,431</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,182</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,551</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>