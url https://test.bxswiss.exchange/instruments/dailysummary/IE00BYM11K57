--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R96f80ccb8f7b40ce" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5e7822a06b2743ac" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R88f8f709b7bf42eb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0c6240ef66c5403f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7000ee2e15db45e3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R88f8f709b7bf42eb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R97029e86ae104394" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0c6240ef66c5403f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS Fdso - MSCI ACWI SF UCITS ETF (hedged to EUR) Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BYM11K57</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>226,571</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,667</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,568</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,114</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,228</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,609</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,622</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,999</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,627</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,211</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,544</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,398</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,401</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,768</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,109</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,927</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,984</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,796</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,929</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>