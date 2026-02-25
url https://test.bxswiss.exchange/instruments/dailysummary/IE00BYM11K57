--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5e7822a06b2743ac" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6d9e21006be0438e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0c6240ef66c5403f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rffed6a2d8c084c53"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R97029e86ae104394" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0c6240ef66c5403f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb54cbc7ac25f44f2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rffed6a2d8c084c53" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS Fdso - MSCI ACWI SF UCITS ETF (hedged to EUR) Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BYM11K57</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...441 lines deleted...]
-          <x:t>233,954</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,929</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,899</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,904</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,842</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,244</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,063</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,202</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>232,454</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>232,927</x:t>
-[...134 lines deleted...]
-          <x:t>231,929</x:t>
+          <x:t>230,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,086</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,543</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,519</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,516</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,766</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,702</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,871</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,539</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,008</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>