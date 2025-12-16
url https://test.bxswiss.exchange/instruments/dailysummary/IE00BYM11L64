--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R544254ad9ede440f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra772e9418be74ad9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5081cf2dc40349b5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5716abfd7a86474a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb2d3c596ba8a4986" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5081cf2dc40349b5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R06b98754e81145ef" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5716abfd7a86474a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS Fdso - MSCI ACWI SF UCITS ETF (hedged to CHF) Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BYM11L64</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>217,495</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,756</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,288</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,436</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,377</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,309</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,144</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,847</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,504</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,951</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,298</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,488</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,071</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,304</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,334</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,081</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>