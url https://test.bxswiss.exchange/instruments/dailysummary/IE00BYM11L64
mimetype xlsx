--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra772e9418be74ad9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf1d12ee617c445d7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5716abfd7a86474a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re6026204a4b34c9b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R06b98754e81145ef" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5716abfd7a86474a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rebfde98cfa504931" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re6026204a4b34c9b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS Fdso - MSCI ACWI SF UCITS ETF (hedged to CHF) Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BYM11L64</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...517 lines deleted...]
-          <x:t>221,608</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,081</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,937</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,481</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,827</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,802</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,709</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>223,124</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...60 lines deleted...]
-          <x:t>222,081</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,396</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,083</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,486</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,786</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,128</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,791</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,372</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,284</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>