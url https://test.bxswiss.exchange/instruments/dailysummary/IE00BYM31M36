--- v0 (2025-10-02)
+++ v1 (2025-12-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0e90930863c64896" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R742f2bf2804846cc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R98f1d5ac1a49407b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R89d4e7e90c7940fa"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re65c296224f04017" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R98f1d5ac1a49407b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra169d66f1f874cdc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R89d4e7e90c7940fa" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares IV Fallen Angels High Yield Corp Bond UCITS ETF USD Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BYM31M36</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...80 lines deleted...]
-          <x:t>04.09.2025</x:t>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,568</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,554</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,568</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,573</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,596</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,626</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,618</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,623</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,641</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,637</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,626</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,609</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,613</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,469</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,497</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>5,539</x:t>
-[...522 lines deleted...]
-          <x:t>5,582</x:t>
+          <x:t>5,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,492</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,477</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>