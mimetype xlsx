--- v1 (2025-12-15)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R742f2bf2804846cc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0126d9032ace4ad3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R89d4e7e90c7940fa"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R245279cef56049ba"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra169d66f1f874cdc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R89d4e7e90c7940fa" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5fe3f7cfb7bd4278" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R245279cef56049ba" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares IV Fallen Angels High Yield Corp Bond UCITS ETF USD Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BYM31M36</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.11.2025</x:t>
-[...544 lines deleted...]
-          <x:t>5,469</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,486</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,486</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,484</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,470</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,497</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...1 lines deleted...]
-          <x:t>5,462</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,484</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,492</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>12.12.2025</x:t>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,502</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,489</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,506</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...11 lines deleted...]
-          <x:t>5,477</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,512</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,512</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,519</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,514</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,527</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,519</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>