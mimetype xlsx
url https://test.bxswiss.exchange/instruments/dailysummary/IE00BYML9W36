--- v0 (2025-10-01)
+++ v1 (2025-12-17)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcd47be1f59244123" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb31582712f4a4453" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra8501e3ce5f34b14"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2921a0dc68ee4f31"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfc8b43f258564117" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra8501e3ce5f34b14" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R32a78e8de8764f57" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2921a0dc68ee4f31" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Invesco S&amp;P 500 UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BYML9W36</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...269 lines deleted...]
-          <x:t>15.09.2025</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,658</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,249</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,628</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,088</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,419</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>48,721</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>48,825</x:t>
-[...333 lines deleted...]
-          <x:t>49,544</x:t>
+          <x:t>49,419</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,267</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,998</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,961</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,056</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,924</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,854</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,023</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,426</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,403</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,127</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,946</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>