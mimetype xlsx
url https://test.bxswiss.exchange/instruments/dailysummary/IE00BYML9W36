--- v1 (2025-12-17)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb31582712f4a4453" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3c50d725466d4377" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2921a0dc68ee4f31"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2cef4246ea774d31"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R32a78e8de8764f57" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2921a0dc68ee4f31" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6ed8290875ce40ae" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2cef4246ea774d31" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Invesco S&amp;P 500 UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BYML9W36</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.11.2025</x:t>
-[...176 lines deleted...]
-          <x:t>49,942</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,104</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>50,433</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>26.11.2025</x:t>
-[...247 lines deleted...]
-          <x:t>51,397</x:t>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,946</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,787</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,092</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,509</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,543</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,567</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,373</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,711</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,474</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,836</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>51,516</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>51,254</x:t>
-[...139 lines deleted...]
-          <x:t>49,946</x:t>
+          <x:t>51,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,277</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>