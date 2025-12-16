--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6683fe04de6f4d03" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc1ddf5ff556b41fb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re4c22b8bd9b34550"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R50323be6eba24d31"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R20e8e4a297f642cf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re4c22b8bd9b34550" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R179ce96a92974d29" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R50323be6eba24d31" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Wisdomtree Enhanced Commodity UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BYMLZY74</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>12,945</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,199</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,182</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,279</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,174</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,152</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,178</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,253</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,312</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,436</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,486</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,444</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,451</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,598</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,496</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,316</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,261</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,214</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>