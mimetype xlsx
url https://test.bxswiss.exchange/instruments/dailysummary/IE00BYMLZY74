--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc1ddf5ff556b41fb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4c28ff6d691e4787" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R50323be6eba24d31"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R62873442f56b48aa"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R179ce96a92974d29" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R50323be6eba24d31" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd499ae9cebe94d2c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R62873442f56b48aa" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Wisdomtree Enhanced Commodity UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BYMLZY74</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...230 lines deleted...]
-          <x:t>13,201</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,214</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,101</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,204</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,245</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13,253</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...40 lines deleted...]
-          <x:t>13,515</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,217</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,276</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13,186</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13,436</x:t>
-[...21 lines deleted...]
-          <x:t>13,401</x:t>
+          <x:t>13,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,372</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,434</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13,486</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...266 lines deleted...]
-          <x:t>13,214</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,409</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,384</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,558</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,724</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,988</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,809</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,797</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,078</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,224</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,366</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,407</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>