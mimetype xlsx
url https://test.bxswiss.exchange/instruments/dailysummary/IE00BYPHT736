--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R143f6445209c499c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4f15d6a43a3e40fe" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1b9d8f4c69284995"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf7195f2b254c4424"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Reb01eb7d0323473d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1b9d8f4c69284995" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3d051ddebca04efa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf7195f2b254c4424" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers (IE) iBoxx EUR Corporate Bond Yield Plus UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BYPHT736</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...26 lines deleted...]
-          <x:t>02.09.2025</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,187</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,216</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,281</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,296</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>14,282</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14,301</x:t>
-[...75 lines deleted...]
-          <x:t>14,345</x:t>
+          <x:t>14,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,331</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,398</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,394</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,403</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,377</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,376</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,399</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,401</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>14,425</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14,324</x:t>
-[...80 lines deleted...]
-          <x:t>14,281</x:t>
+          <x:t>14,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,377</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,307</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>14,326</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11.09.2025</x:t>
-[...26 lines deleted...]
-          <x:t>12.09.2025</x:t>
+          <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>14,326</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>14,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,303</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>14,334</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14,295</x:t>
-[...70 lines deleted...]
-          <x:t>14,298</x:t>
+          <x:t>14,293</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>14,316</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...28 lines deleted...]
-          <x:t>14,293</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,366</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>14,318</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...239 lines deleted...]
-          <x:t>14,354</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,355</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>