--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4f15d6a43a3e40fe" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R341678f5efc84d2d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf7195f2b254c4424"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R228bffd59090465f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3d051ddebca04efa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf7195f2b254c4424" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R557ed24ab0b6489f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R228bffd59090465f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers (IE) iBoxx EUR Corporate Bond Yield Plus UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BYPHT736</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...107 lines deleted...]
-          <x:t>20.11.2025</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,287</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,258</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>14,279</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...6 lines deleted...]
-          <x:t>14,260</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,267</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,284</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,255</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>14,296</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...30 lines deleted...]
-          <x:t>24.11.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,279</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,331</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,377</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,372</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,389</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,400</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>14,343</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14,356</x:t>
-[...129 lines deleted...]
-          <x:t>14,371</x:t>
+          <x:t>14,364</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,455</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>14,387</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14,348</x:t>
-[...274 lines deleted...]
-          <x:t>14,355</x:t>
+          <x:t>14,396</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>