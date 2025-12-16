--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6a1d1d543e694284" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8072149664e046bc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfd772e93eb7b432a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3873815e96034efa"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8aa5345206694a2e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfd772e93eb7b432a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra0fe29252d9842e2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3873815e96034efa" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>L&amp;G Cyber Security UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BYPLS672</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,714</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,583</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,843</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>25,168</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>25,258</x:t>
-[...151 lines deleted...]
-          <x:t>09.09.2025</x:t>
+          <x:t>25,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,313</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,451</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,423</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,402</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,608</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>25,453</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>25,540</x:t>
-[...441 lines deleted...]
-          <x:t>25,891</x:t>
+          <x:t>25,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,382</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,572</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,072</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,104</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,347</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,733</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,439</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,236</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>