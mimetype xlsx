--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8072149664e046bc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf6ab031e97cc4641" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3873815e96034efa"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfb4d418867b3461f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra0fe29252d9842e2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3873815e96034efa" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7460cafc03bc46c5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfb4d418867b3461f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>L&amp;G Cyber Security UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BYPLS672</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...107 lines deleted...]
-          <x:t>20.11.2025</x:t>
+          <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>25,514</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>25,789</x:t>
-[...161 lines deleted...]
-          <x:t>25,705</x:t>
+          <x:t>25,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,236</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,859</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,664</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,758</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,831</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,988</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,593</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,653</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,372</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,504</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,519</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24,498</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>25,608</x:t>
-[...296 lines deleted...]
-          <x:t>25,236</x:t>
+          <x:t>24,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,280</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>