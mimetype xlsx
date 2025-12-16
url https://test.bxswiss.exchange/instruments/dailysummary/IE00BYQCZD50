--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Recff830a0b994be5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R826896c3b0444d30" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5c4579a4a06a492d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R14ff2b5b8fd34e03"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8b97d65868cd4d5b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5c4579a4a06a492d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R55078cc04f834f94" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R14ff2b5b8fd34e03" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>WisdomTree Japan Equity UCITS ETF USD Hedged Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BYQCZD50</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>40,226</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,552</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,778</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,513</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,604</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,043</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,111</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,633</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,502</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,599</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,282</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,309</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,883</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,496</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,046</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,448</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,772</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,587</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>