--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R826896c3b0444d30" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7baffd0bad7a44d2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R14ff2b5b8fd34e03"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2f8ceac7b5ef4222"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R55078cc04f834f94" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R14ff2b5b8fd34e03" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0a3d3e7f8dbe4d19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2f8ceac7b5ef4222" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>WisdomTree Japan Equity UCITS ETF USD Hedged Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BYQCZD50</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...279 lines deleted...]
-          <x:t>44,787</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,587</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,876</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,588</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>44,470</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>44,599</x:t>
-[...296 lines deleted...]
-          <x:t>45,587</x:t>
+          <x:t>44,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,601</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,964</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,167</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,976</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,184</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,306</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,484</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,721</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,913</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,166</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,371</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,948</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>