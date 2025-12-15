--- v0 (2025-10-02)
+++ v1 (2025-12-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R89c4e1efb5784e83" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0e4db346b51e41ef" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8b82b2074e124a81"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re4424c2cb3344588"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9411f796d7f44ac2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8b82b2074e124a81" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9d2b39b10d4944de" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re4424c2cb3344588" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>WisdomTree Japan Equity UCITS ETF CHF Hedged Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BYQCZL35</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>43,853</x:t>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,723</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,337</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,412</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,726</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,161</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,801</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,923</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,644</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,641</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,434</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,991</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,704</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,594</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,728</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,850</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>