--- v1 (2025-12-15)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0e4db346b51e41ef" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc5cada247ffc4af9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re4424c2cb3344588"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6d00102145cb4a4c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9d2b39b10d4944de" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re4424c2cb3344588" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5b170a594dc74a8a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6d00102145cb4a4c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>WisdomTree Japan Equity UCITS ETF CHF Hedged Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BYQCZL35</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.11.2025</x:t>
-[...586 lines deleted...]
-          <x:t>48,850</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,688</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,396</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,481</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,256</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,046</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,348</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,163</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,373</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,489</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,366</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,741</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>