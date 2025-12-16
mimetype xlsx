--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R74801a9c3324405d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R35de4464a33e4eb0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R95a80595640f43f5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd7cac8dcb7264fed"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4f55fd60c65d4bc8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R95a80595640f43f5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2b0b04638247412b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd7cac8dcb7264fed" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>WisdomTree Europe Equity UCITS ETF - USD Hedged Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BYQCZP72</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>30,278</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,897</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,636</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,202</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,676</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,706</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,923</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,143</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,282</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,426</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,219</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,704</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,508</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,233</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,208</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,332</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>