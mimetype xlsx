--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R35de4464a33e4eb0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf0d8caaf78cd4306" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd7cac8dcb7264fed"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8a5777e5939c499b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2b0b04638247412b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd7cac8dcb7264fed" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc809c8448e1749e5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8a5777e5939c499b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>WisdomTree Europe Equity UCITS ETF - USD Hedged Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BYQCZP72</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...161 lines deleted...]
-          <x:t>24.11.2025</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,332</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,946</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>31,005</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...416 lines deleted...]
-          <x:t>31,332</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,247</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,347</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,179</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,998</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,243</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,353</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,899</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,229</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,147</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,811</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,648</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,875</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>