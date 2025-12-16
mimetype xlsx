--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R80f4601f898347ed" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R778776443fd048f2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb22ce2f9151b48e2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R25a2dd1e85434b8e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4a5b66f0cb1648a5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb22ce2f9151b48e2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb5a75f9fe0924f1e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R25a2dd1e85434b8e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>WisdomTree Europe Equity UCITS ETF - EUR Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BYQCZX56</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...323 lines deleted...]
-          <x:t>17.09.2025</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,699</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,261</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,522</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,562</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,534</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>26,020</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>26,143</x:t>
-[...279 lines deleted...]
-          <x:t>26,739</x:t>
+          <x:t>26,531</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,763</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,046</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,278</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,411</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,368</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,334</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,527</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,674</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,641</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,654</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>