--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R778776443fd048f2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6ee69f2950434bfb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R25a2dd1e85434b8e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R49634f197e5640c7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb5a75f9fe0924f1e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R25a2dd1e85434b8e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdd6649db55a74b51" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R49634f197e5640c7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>WisdomTree Europe Equity UCITS ETF - EUR Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BYQCZX56</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...311 lines deleted...]
-          <x:t>27,168</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,654</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,554</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,332</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,512</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,551</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,594</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>27,411</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...266 lines deleted...]
-          <x:t>27,654</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,499</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,372</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,542</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,662</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,989</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,233</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,159</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,604</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,661</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,707</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>