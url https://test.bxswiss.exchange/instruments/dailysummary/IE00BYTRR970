--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3b8b217b13e44212" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra13f2e3a2a424a6e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdf6caf4657ce400f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R99dd99f909464dba"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1333682ccaac407d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdf6caf4657ce400f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R913282d4680941ff" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R99dd99f909464dba" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>SPDR MSCI World Financials UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BYTRR970</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>71,473</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,731</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,404</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,623</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,344</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,099</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,531</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,271</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,028</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,069</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,382</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,161</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,136</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,834</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,249</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,177</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,551</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,341</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>