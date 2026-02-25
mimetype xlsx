--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra13f2e3a2a424a6e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R38ec96a695394200" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R99dd99f909464dba"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R97ce34969ca046c0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R913282d4680941ff" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R99dd99f909464dba" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5c837ae679f4467b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R97ce34969ca046c0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>SPDR MSCI World Financials UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BYTRR970</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>74,314</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>74,625</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>74,165</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>74,341</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,802</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,923</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,168</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,548</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,782</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,929</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,027</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,427</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,586</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,738</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,070</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>