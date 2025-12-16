--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R97639167c7264f28" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5a4121c99ea44033" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcf24e593be364a4b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R52e7bb05c39f4086"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re534dff8f67a445d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcf24e593be364a4b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb04a0d7fa7194231" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R52e7bb05c39f4086" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS Fdso - MSCI ACWI SF UCITS ETF (hedged to GBP) Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BYVDRF92</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>262,774</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,251</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,466</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,643</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,634</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,757</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,561</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,921</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,413</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,646</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,328</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,137</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,598</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,748</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,224</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,896</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,604</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,632</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,591</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,068</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>