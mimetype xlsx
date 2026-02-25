--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5a4121c99ea44033" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R167d0c024d074f7f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R52e7bb05c39f4086"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R48fbcdca4e534502"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb04a0d7fa7194231" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R52e7bb05c39f4086" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf5bb35d80a17486a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R48fbcdca4e534502" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS Fdso - MSCI ACWI SF UCITS ETF (hedged to GBP) Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BYVDRF92</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>267,814</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>269,935</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>266,403</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>268,068</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,481</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,987</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,638</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,561</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,136</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,123</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,554</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,717</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,316</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,874</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,573</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>