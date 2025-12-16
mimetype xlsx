--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1cc825e444c6493c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R13ac9e2154dd4780" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5b5719e259074e3d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc69f023820d946a3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbc72af94dc18429d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5b5719e259074e3d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rda1eb5df605e4b70" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc69f023820d946a3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares IV MSCI USA SRI UCITS ETF USD Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BYVJRR92</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...26 lines deleted...]
-          <x:t>02.09.2025</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,837</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,801</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,663</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,630</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13,767</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...396 lines deleted...]
-          <x:t>23.09.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,876</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,748</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,938</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,968</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,086</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,062</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,124</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,138</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13,958</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14,005</x:t>
-[...171 lines deleted...]
-          <x:t>14,170</x:t>
+          <x:t>14,131</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,234</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,314</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,461</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,402</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,392</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,307</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,247</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,276</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,292</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>