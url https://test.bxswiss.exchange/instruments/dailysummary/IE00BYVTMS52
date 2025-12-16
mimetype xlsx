--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbbd68931788a4f2b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf13bf4a28da444e5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3454a581058c4dfa"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raff64351a51e40b0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8ca7f442a75e44a6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3454a581058c4dfa" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rea33eccec8094ad2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raff64351a51e40b0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Invesco EQQQ Nasdaq-100 UCITS ETF EUR Hdg Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BYVTMS52</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>404,740</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>401,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>405,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>405,109</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>406,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>407,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>400,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>402,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>399,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>392,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,372</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>404,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>399,821</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>406,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>410,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>402,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>403,181</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>389,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>393,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>392,038</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>398,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>403,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>403,494</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>404,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>407,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>400,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>404,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>409,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>412,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>408,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>411,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>411,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>412,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>411,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>411,728</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>413,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>415,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>411,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>412,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>411,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>413,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>409,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>413,036</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>412,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>418,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>412,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>414,458</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>417,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>418,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>413,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>416,101</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>418,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>419,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>415,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>417,126</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>419,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>422,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>417,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>419,893</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>423,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>423,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>419,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>420,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>420,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>420,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>418,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>420,358</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>420,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>421,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>416,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>418,476</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>416,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>418,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>413,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>414,704</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>417,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>418,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>409,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>411,181</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>411,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>414,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>408,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>412,253</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>