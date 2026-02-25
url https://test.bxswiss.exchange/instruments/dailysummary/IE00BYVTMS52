--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf13bf4a28da444e5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra3763ecbe03b4fd5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raff64351a51e40b0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1f502e4c94f440e9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rea33eccec8094ad2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raff64351a51e40b0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6536745546c644dc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1f502e4c94f440e9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Invesco EQQQ Nasdaq-100 UCITS ETF EUR Hdg Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BYVTMS52</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>411,650</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>414,602</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>408,186</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>412,253</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>406,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>411,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>406,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>407,988</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>410,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>411,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>403,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>405,009</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>403,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>409,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>403,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>408,338</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>408,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>412,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>407,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>411,656</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>414,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>415,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>413,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>414,066</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>413,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>414,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>411,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>413,938</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>415,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>415,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>412,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>413,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>412,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>414,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>411,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>413,438</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>409,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>413,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>409,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>412,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>412,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>414,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>410,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>413,743</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>414,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>418,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>414,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>417,786</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>415,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>416,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>412,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>413,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>414,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>418,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>413,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>417,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>414,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>418,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>413,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>417,906</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>417,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>420,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>416,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>418,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>418,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>419,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>411,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>412,679</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>