--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R45f126e177c648e7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R42cb230f32444deb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R29488c4bef1a4719"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4dc57eb5a4ec4633"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R96f8c37773a3454a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R29488c4bef1a4719" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra488e98ebfdc4f17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4dc57eb5a4ec4633" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Invesco EQQQ Nasdaq-100 UCITS ETF CHF Hdg Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BYVTMT69</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...500 lines deleted...]
-          <x:t>393,944</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>406,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>407,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>407,088</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>408,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>408,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>402,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>404,137</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>398,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>400,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>392,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,282</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>402,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>398,408</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>405,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>408,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>400,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>401,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>388,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>391,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>385,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>389,677</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>401,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>392,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>400,834</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>402,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>402,838</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>396,732</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...104 lines deleted...]
-          <x:t>401,385</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>400,844</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>406,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>408,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>405,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>408,483</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>408,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>410,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>407,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>408,054</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>410,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>412,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>408,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>409,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>407,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>410,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>406,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>409,466</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>409,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>414,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>408,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>410,741</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>413,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>414,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>409,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>412,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>413,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>415,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>411,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>412,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>414,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>417,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>412,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>414,468</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>416,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>417,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>413,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>413,843</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>414,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>414,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>411,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>414,393</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>414,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>415,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>411,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>413,643</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>411,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>414,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>409,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>410,816</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>414,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>414,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>405,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>406,788</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>407,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>409,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>403,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>407,339</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>