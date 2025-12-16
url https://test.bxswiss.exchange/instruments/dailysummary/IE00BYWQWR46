--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R16f8db8ac6db4ae2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8a5355940a824a4d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5770aa9c2bb0407e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R349a4d5e40ac4ca1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbf77c850b1274c1f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5770aa9c2bb0407e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc194feb356a74456" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R349a4d5e40ac4ca1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>VanEck Vectors Video Gaming and eSports UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BYWQWR46</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>63,510</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,643</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,846</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,626</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,324</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,574</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,777</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,667</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,963</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,984</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,652</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,077</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,128</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,302</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,838</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,001</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,292</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,494</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>