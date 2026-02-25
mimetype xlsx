--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8a5355940a824a4d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R87d0482dee7042d9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R349a4d5e40ac4ca1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re52cec6abecf42c9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc194feb356a74456" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R349a4d5e40ac4ca1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra2d0d62d3d2547fe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re52cec6abecf42c9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>VanEck Vectors Video Gaming and eSports UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BYWQWR46</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>55,463</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>55,635</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>55,176</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>55,494</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,658</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,241</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,368</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,484</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,151</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,841</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,797</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,223</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,641</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,659</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,787</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>