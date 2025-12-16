--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7833ab2f5dc14862" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R006021530d8c44c5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdafe84205a4d4c47"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0c3e07accc434a08"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf21a9ed3c8e74bb2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdafe84205a4d4c47" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Redf65d5cb302485e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0c3e07accc434a08" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares IV MSCI World SRI UCITS ETF EUR Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BYX2JD69</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...90 lines deleted...]
-          <x:t>10,807</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,974</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,922</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,003</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,908</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10,743</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10,802</x:t>
-[...398 lines deleted...]
-        <x:is>
           <x:t>10,908</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...109 lines deleted...]
-          <x:t>11,167</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,046</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,073</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,182</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,213</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,208</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,208</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,254</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,402</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,368</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,261</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,328</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>