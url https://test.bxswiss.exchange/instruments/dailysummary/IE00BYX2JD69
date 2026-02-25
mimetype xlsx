--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R006021530d8c44c5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1f6ac712ba3d41ce" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0c3e07accc434a08"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re454a48376e9422c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Redf65d5cb302485e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0c3e07accc434a08" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6f4099fd8d544d2d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re454a48376e9422c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares IV MSCI World SRI UCITS ETF EUR Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BYX2JD69</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...274 lines deleted...]
-          <x:t>11,252</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,328</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,183</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,249</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,309</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,328</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,330</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,275</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11,179</x:t>
-[...286 lines deleted...]
-          <x:t>11,303</x:t>
+          <x:t>11,308</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,347</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11,257</x:t>
-[...4 lines deleted...]
-          <x:t>11,328</x:t>
+          <x:t>11,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,307</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,332</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,494</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,573</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,612</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,681</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,717</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,641</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>