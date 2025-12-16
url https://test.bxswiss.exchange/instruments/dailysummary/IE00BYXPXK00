--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R38fe855bba1c427a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R843e767871a042b7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R33b0233b1a674c70"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R68ac7f53b398475f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc79d0375e00d4ade" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R33b0233b1a674c70" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R404d3b054b264da3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R68ac7f53b398475f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares IV Edge MSCI World Multifactor UCITS ETF EUR Hedged (Acc)</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BYXPXK00</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...166 lines deleted...]
-          <x:t>9,370</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,586</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,522</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,388</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>9,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,409</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,444</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,506</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>9,321</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>9,349</x:t>
-[...37 lines deleted...]
-        <x:is>
           <x:t>9,434</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>9,522</x:t>
-[...387 lines deleted...]
-          <x:t>9,552</x:t>
+          <x:t>9,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,677</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,801</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,802</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,803</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,803</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,796</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,796</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,834</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,877</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,907</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,882</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,897</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,847</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,873</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>