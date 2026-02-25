--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R843e767871a042b7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R52aa726a3f8247fc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R68ac7f53b398475f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7a4a54efd0d04181"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R404d3b054b264da3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R68ac7f53b398475f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4976999654fe4e24" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7a4a54efd0d04181" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares IV Edge MSCI World Multifactor UCITS ETF EUR Hedged (Acc)</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BYXPXK00</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...215 lines deleted...]
-          <x:t>26.11.2025</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,873</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,723</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,863</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,758</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>9,813</x:t>
-[...31 lines deleted...]
-          <x:t>9,776</x:t>
+          <x:t>9,833</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,861</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,895</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,802</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...35 lines deleted...]
-          <x:t>9,752</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,867</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,946</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,842</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>9,734</x:t>
-[...16 lines deleted...]
-          <x:t>9,786</x:t>
+          <x:t>9,859</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,898</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,992</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,887</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>9,783</x:t>
-[...70 lines deleted...]
-          <x:t>9,872</x:t>
+          <x:t>9,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,989</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,940</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>9,840</x:t>
-[...11 lines deleted...]
-          <x:t>08.12.2025</x:t>
+          <x:t>9,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,981</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,004</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,919</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>9,958</x:t>
-[...144 lines deleted...]
-          <x:t>9,873</x:t>
+          <x:t>9,946</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>