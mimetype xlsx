--- v0 (2025-10-01)
+++ v1 (2025-12-18)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R73a06520a5124d1f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R83b97edc28a341f6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R24dc47e046084f15"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc0552433f99f42b8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6b8865c5a0c1446f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R24dc47e046084f15" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rda67c8acda5c4742" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc0552433f99f42b8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares VII Core MSCI EMU UCITS ETF EUR (Dist)</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BYXZ2585</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...274 lines deleted...]
-          <x:t>6,944</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,032</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,056</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,928</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,012</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...330 lines deleted...]
-          <x:t>7,130</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,052</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,127</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,212</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,223</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,239</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,244</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,297</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,318</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,338</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,331</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,281</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,316</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,296</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,352</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,318</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,274</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>