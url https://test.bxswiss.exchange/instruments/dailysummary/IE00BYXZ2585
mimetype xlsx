--- v1 (2025-12-18)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R83b97edc28a341f6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd47af3bba48a45ad" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc0552433f99f42b8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3708669e454843c3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rda67c8acda5c4742" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc0552433f99f42b8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5fa7ca1f73bf46bd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3708669e454843c3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares VII Core MSCI EMU UCITS ETF EUR (Dist)</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BYXZ2585</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.11.2025</x:t>
-[...247 lines deleted...]
-          <x:t>7,205</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,320</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,356</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>7,183</x:t>
-[...65 lines deleted...]
-          <x:t>03.12.2025</x:t>
+          <x:t>7,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,352</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,318</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,336</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,268</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>7,292</x:t>
-[...43 lines deleted...]
-          <x:t>05.12.2025</x:t>
+          <x:t>7,274</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,322</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,336</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,324</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>7,354</x:t>
-[...106 lines deleted...]
-        <x:is>
           <x:t>7,340</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>7,256</x:t>
-[...38 lines deleted...]
-          <x:t>15.12.2025</x:t>
+          <x:t>7,280</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,320</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...65 lines deleted...]
-          <x:t>7,274</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,326</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,518</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,554</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,549</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,661</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,650</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>