--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6ea9dc6d41de4c39" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc9e141df30554cb4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R82fad956ad7d4f62"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R43d201acc18e4ad8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R23ce32365a634069" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R82fad956ad7d4f62" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rea87332fc1374bec" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R43d201acc18e4ad8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(I)FS - Bloomberg Commodity CMCI SF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BYYLVK39</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...586 lines deleted...]
-          <x:t>13,630</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,144</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,073</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,069</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,032</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,981</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,858</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,862</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,039</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,287</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,211</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,331</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,413</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,212</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,152</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,232</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,144</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,054</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>