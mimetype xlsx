--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3ea68d78a8544253" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R707224a3271f41e6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5860735e9e274929"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcb22f5c9d921427b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rea2cae7ac9004f2d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5860735e9e274929" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf474cb53fafb4953" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcb22f5c9d921427b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares IV Automation &amp; Robotics UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BYZK4552</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...576 lines deleted...]
-          <x:t>12,601</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,666</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,371</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12,513</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...28 lines deleted...]
-          <x:t>12,678</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,621</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,278</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,616</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,818</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,014</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,298</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,357</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,338</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,109</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,980</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>