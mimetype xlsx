--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R707224a3271f41e6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8d10d4d5b873499d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcb22f5c9d921427b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R004e930b0d8f4896"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf474cb53fafb4953" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcb22f5c9d921427b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5edc36ce3be746a2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R004e930b0d8f4896" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares IV Automation &amp; Robotics UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BYZK4552</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...284 lines deleted...]
-          <x:t>12,795</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,791</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,664</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,856</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,897</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12,959</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.12.2025</x:t>
-[...144 lines deleted...]
-          <x:t>15,000</x:t>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,872</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,888</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,286</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,351</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,482</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,269</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13,296</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...136 lines deleted...]
-          <x:t>12,980</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,579</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,573</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,676</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,621</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>