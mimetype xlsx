--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R268402b4c9514261" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb5dc23d2368b440f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf2bb27d0839143ce"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2dbf0a8322b74cf2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re94408404a614e97" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf2bb27d0839143ce" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra9333e5eb98b42e1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2dbf0a8322b74cf2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares IV Ageing Population UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BYZK4669</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...107 lines deleted...]
-          <x:t>05.09.2025</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,308</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,188</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,244</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>7,254</x:t>
-[...35 lines deleted...]
-        <x:is>
           <x:t>7,172</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...86 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,243</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...362 lines deleted...]
-          <x:t>7,250</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,302</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,431</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,578</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,594</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,547</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,483</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,543</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,593</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,604</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,561</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,605</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>