--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb5dc23d2368b440f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf818635adbb64ca4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2dbf0a8322b74cf2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb25fa50102f14b35"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra9333e5eb98b42e1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2dbf0a8322b74cf2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfb3d870b3c0e4e89" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb25fa50102f14b35" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares IV Ageing Population UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BYZK4669</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...215 lines deleted...]
-          <x:t>26.11.2025</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,562</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,607</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,560</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>7,595</x:t>
-[...4 lines deleted...]
-          <x:t>7,536</x:t>
+          <x:t>7,569</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,584</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,636</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,666</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,629</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,613</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,578</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...347 lines deleted...]
-          <x:t>7,605</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,607</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,683</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,773</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,808</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,851</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,868</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,756</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>