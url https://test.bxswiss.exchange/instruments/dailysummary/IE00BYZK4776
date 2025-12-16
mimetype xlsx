--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R025e5bcaa10f4327" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4fe72b92610e4711" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R16140a57af304a2f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R05ab40928a724650"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8e9677f79bd64bd4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R16140a57af304a2f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfefce493e1624b8a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R05ab40928a724650" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares IV Healthcare Innovation UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BYZK4776</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>6,693</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,932</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,954</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,917</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,976</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,151</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,274</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,379</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,384</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,364</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,243</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,253</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,288</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,314</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,228</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,208</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,144</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,174</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>