--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4fe72b92610e4711" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R37e89f3ebe9a4a3e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R05ab40928a724650"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0e6a56401d184608"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfefce493e1624b8a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R05ab40928a724650" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R011a10b3d717480b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0e6a56401d184608" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares IV Healthcare Innovation UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BYZK4776</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,174</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,000</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>6,936</x:t>
+          <x:t>7,141</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,000</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>6,932</x:t>
-[...16 lines deleted...]
-          <x:t>6,958</x:t>
+          <x:t>7,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,104</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,177</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,224</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,191</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,000</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>6,954</x:t>
-[...195 lines deleted...]
-          <x:t>27.11.2025</x:t>
+          <x:t>7,204</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,000</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>7,402</x:t>
-[...80 lines deleted...]
-          <x:t>7,291</x:t>
+          <x:t>7,174</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,172</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,166</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,237</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>7,243</x:t>
-[...242 lines deleted...]
-          <x:t>7,174</x:t>
+          <x:t>7,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,401</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,526</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,518</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,527</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,461</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,506</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,530</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>