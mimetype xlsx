--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rea930b6ed12c466c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R344b229e5b454ae6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R73ae06bd639541a5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf7bf1ba6d1be4220"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc0768315c4f84f8f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R73ae06bd639541a5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rec2ed017358147cb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf7bf1ba6d1be4220" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers (IE) USD Corporate Bond UCITS ETF 1D Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BZ036H21</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...68 lines deleted...]
-          <x:t>10,249</x:t>
+          <x:t>14.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10,315</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...8 lines deleted...]
-          <x:t>10,234</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,353</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,372</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,416</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,387</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,403</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,451</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,476</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,527</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,496</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,477</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,413</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10,414</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10,234</x:t>
-[...11 lines deleted...]
-          <x:t>05.09.2025</x:t>
+          <x:t>10,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,403</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10,411</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10,428</x:t>
+          <x:t>10,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,436</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,451</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,408</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,314</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10,332</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...487 lines deleted...]
-          <x:t>10,439</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,293</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>