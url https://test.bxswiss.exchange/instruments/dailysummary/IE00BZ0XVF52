--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfbe5931e541248a4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R61cdac563c444bc7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R68139bbcdbdd4397"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re94ff17024944f5f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfa2390cbd4c8493c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R68139bbcdbdd4397" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6d76e03d327d4ddb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re94ff17024944f5f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>WisdomTree AT1 CoCo Bond UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BZ0XVF52</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...80 lines deleted...]
-          <x:t>04.09.2025</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,623</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,573</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,958</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,487</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,862</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>72,494</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>72,712</x:t>
-[...340 lines deleted...]
-          <x:t>23.09.2025</x:t>
+          <x:t>72,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,757</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,829</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,741</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>72,923</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>73,003</x:t>
-[...124 lines deleted...]
-          <x:t>30.09.2025</x:t>
+          <x:t>72,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,968</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,017</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,961</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,192</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,422</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>72,975</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>73,243</x:t>
-[...36 lines deleted...]
-          <x:t>73,135</x:t>
+          <x:t>73,333</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,251</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,101</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,681</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,794</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>