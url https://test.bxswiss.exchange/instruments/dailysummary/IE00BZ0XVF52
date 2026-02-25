--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R61cdac563c444bc7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf58e3f14105b452e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re94ff17024944f5f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ree143cf17d1d4546"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6d76e03d327d4ddb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re94ff17024944f5f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb3bb42a9013547f0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ree143cf17d1d4546" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>WisdomTree AT1 CoCo Bond UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BZ0XVF52</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...134 lines deleted...]
-          <x:t>21.11.2025</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,794</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,924</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,831</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,742</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,784</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,438</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,423</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,862</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,209</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,768</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>72,222</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...443 lines deleted...]
-          <x:t>72,794</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,401</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,736</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,532</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>