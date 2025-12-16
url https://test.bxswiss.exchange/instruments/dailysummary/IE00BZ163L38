--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R905a7d76da9f4b60" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5b0f09ba50c341b6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Red94b6907bd84327"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5f5ac8ebf54b494e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R32228adefe6e410f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Red94b6907bd84327" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R03b7d8b65cbd416e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5f5ac8ebf54b494e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Vanguard USD Emerging Markets Government Bond UCITS ETF USD Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BZ163L38</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>34,956</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,224</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,346</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,773</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,582</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,723</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,752</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,778</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,674</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,621</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,542</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,554</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,718</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,691</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,277</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>