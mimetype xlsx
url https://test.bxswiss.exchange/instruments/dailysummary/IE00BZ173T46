--- v0 (2025-10-01)
+++ v1 (2025-12-17)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2e8d2180c3704f4b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rae41e625a29d44f1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb3ec3af9e84145f3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R911572e556f84ac5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R33d605691a54465f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb3ec3af9e84145f3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R20933c29925445f4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R911572e556f84ac5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares IV MSCI USA SRI UCITS ETF USD Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BZ173T46</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...134 lines deleted...]
-          <x:t>08.09.2025</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,594</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,431</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11,446</x:t>
-[...70 lines deleted...]
-          <x:t>11.09.2025</x:t>
+          <x:t>11,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,342</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,418</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...163 lines deleted...]
-          <x:t>11,753</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,428</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,513</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,352</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,524</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,552</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,679</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,739</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,770</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,661</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11,661</x:t>
-[...188 lines deleted...]
-          <x:t>11,815</x:t>
+          <x:t>11,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,758</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,882</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,929</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,999</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,911</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,932</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,927</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,932</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,944</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,862</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>