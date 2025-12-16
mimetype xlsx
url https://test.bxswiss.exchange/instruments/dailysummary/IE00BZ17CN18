--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7fb5f27b478d4982" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd6c0b77c32454430" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc9df2fde507b4547"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R264f005f9eb248ee"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R180397bc428d4592" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc9df2fde507b4547" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbd4987c1afc54a93" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R264f005f9eb248ee" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares IV $ Short Duration High Yield Corp Bond UCITS ETF USD Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BZ17CN18</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...26 lines deleted...]
-          <x:t>02.09.2025</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,589</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,593</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,603</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,585</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>5,613</x:t>
-[...4 lines deleted...]
-          <x:t>5,573</x:t>
+          <x:t>5,659</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,585</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...35 lines deleted...]
-          <x:t>5,622</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,653</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,686</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,693</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,696</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,697</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,693</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,676</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,693</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,708</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,706</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,684</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,653</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,656</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>5,614</x:t>
-[...517 lines deleted...]
-          <x:t>5,614</x:t>
+          <x:t>5,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,643</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,644</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>