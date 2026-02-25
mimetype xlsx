--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd6c0b77c32454430" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R171fc6a928574c4f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R264f005f9eb248ee"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R02e8c611a93d4cab"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbd4987c1afc54a93" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R264f005f9eb248ee" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R317565dccc3f4a8c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R02e8c611a93d4cab" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares IV $ Short Duration High Yield Corp Bond UCITS ETF USD Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BZ17CN18</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...26 lines deleted...]
-          <x:t>17.11.2025</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,644</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,637</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,638</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,657</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,600</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>5,608</x:t>
-[...21 lines deleted...]
-          <x:t>5,573</x:t>
+          <x:t>5,641</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,654</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,626</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,590</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,609</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...94 lines deleted...]
-          <x:t>24.11.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,624</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,629</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,656</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,697</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,709</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,692</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,731</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,702</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>5,712</x:t>
-[...237 lines deleted...]
-          <x:t>5,690</x:t>
+          <x:t>5,728</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,704</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,713</x:t>
-        </x:is>
-[...170 lines deleted...]
-          <x:t>5,644</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>