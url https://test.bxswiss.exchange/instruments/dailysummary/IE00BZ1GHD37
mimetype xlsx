--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf66324dbd3cd4808" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R288c1394c69244ea" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R72d33b6663c04f77"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd5dc4617399240e6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R863cddf0c29043ca" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R72d33b6663c04f77" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3025b650f3a948af" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd5dc4617399240e6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Wisdomtree Enhanced Commodity UCITS ETF - USD Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BZ1GHD37</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...527 lines deleted...]
-          <x:t>11,235</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,451</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,438</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,527</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,346</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...77 lines deleted...]
-          <x:t>11,227</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,522</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,498</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,429</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,432</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,533</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,664</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,702</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,662</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,663</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,683</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,797</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,717</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,658</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,556</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,460</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>