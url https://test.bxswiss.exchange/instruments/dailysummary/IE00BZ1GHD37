--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R288c1394c69244ea" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R48e38c11a17f4fcb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd5dc4617399240e6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ree19925f9e984d1e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3025b650f3a948af" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd5dc4617399240e6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbc2e8184b60c454a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ree19925f9e984d1e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Wisdomtree Enhanced Commodity UCITS ETF - USD Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BZ1GHD37</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...31 lines deleted...]
-          <x:t>11,390</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,452</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11,378</x:t>
-[...38 lines deleted...]
-          <x:t>19.11.2025</x:t>
+          <x:t>11,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,373</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,457</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,472</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,632</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,609</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,751</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,401</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,546</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11,634</x:t>
-[...129 lines deleted...]
-          <x:t>11,468</x:t>
+          <x:t>11,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,504</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,728</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,538</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11,446</x:t>
-[...65 lines deleted...]
-          <x:t>01.12.2025</x:t>
+          <x:t>11,712</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,630</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,705</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11,717</x:t>
-[...279 lines deleted...]
-          <x:t>11,460</x:t>
+          <x:t>11,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,573</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,567</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,921</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,033</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,072</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>