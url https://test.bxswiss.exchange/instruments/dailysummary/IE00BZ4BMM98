--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2d404f20042547a8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R987c4aedcff841ed" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R34f87fd8bcda4ede"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9d73a778304941cf"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R529dd62e846c42f3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R34f87fd8bcda4ede" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbe54d4ebf9c54951" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9d73a778304941cf" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Invesco EURO STOXX High Dividend Low Volatility UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BZ4BMM98</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...95 lines deleted...]
-          <x:t>28,254</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,178</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,102</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,668</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,724</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,798</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>28,488</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...509 lines deleted...]
-          <x:t>28,634</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,771</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,834</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,136</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,448</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,314</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,583</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,648</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,629</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,221</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,471</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>