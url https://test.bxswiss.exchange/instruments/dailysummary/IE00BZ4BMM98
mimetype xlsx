--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R987c4aedcff841ed" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R32fb5e288de545f5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9d73a778304941cf"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R721b1fbe6ba740c9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbe54d4ebf9c54951" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9d73a778304941cf" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbbd1787b63f640c1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R721b1fbe6ba740c9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Invesco EURO STOXX High Dividend Low Volatility UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BZ4BMM98</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...414 lines deleted...]
-          <x:t>29,697</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,404</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,392</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,396</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>29,516</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29,583</x:t>
-[...11 lines deleted...]
-          <x:t>29,472</x:t>
+          <x:t>29,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,606</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>29,738</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29,472</x:t>
-[...139 lines deleted...]
-          <x:t>29,471</x:t>
+          <x:t>29,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,784</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,088</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,178</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,304</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,306</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,469</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>