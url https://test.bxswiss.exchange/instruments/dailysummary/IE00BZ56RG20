--- v0 (2025-10-02)
+++ v1 (2025-12-18)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcba4427754644ca3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re0abe0d6b05c4e53" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R08672e03e989404a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1a00c7d19d81494e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Reb6b1c981e5e4825" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R08672e03e989404a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R014a8b125a4e454e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1a00c7d19d81494e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>WisdomTree US Quality Dividend Growth UCITS ETF - USD Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BZ56RG20</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...26 lines deleted...]
-          <x:t>02.09.2025</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,014</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,301</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>41,371</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>41,478</x:t>
-[...512 lines deleted...]
-          <x:t>42,041</x:t>
+          <x:t>41,722</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>41,744</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>41,763</x:t>
-[...53 lines deleted...]
-          <x:t>41,944</x:t>
+          <x:t>42,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,061</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,399</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,294</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,623</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,181</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,137</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,989</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,128</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,251</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,081</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,792</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,692</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,678</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,322</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,201</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>