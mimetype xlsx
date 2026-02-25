--- v1 (2025-12-18)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re0abe0d6b05c4e53" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc2ece01a909f43f0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1a00c7d19d81494e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd1be7142f6df4109"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R014a8b125a4e454e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1a00c7d19d81494e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R536bd9650393466f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd1be7142f6df4109" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>WisdomTree US Quality Dividend Growth UCITS ETF - USD Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BZ56RG20</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.11.2025</x:t>
-[...436 lines deleted...]
-          <x:t>43,310</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,678</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,322</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,579</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,663</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,659</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,697</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,116</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,941</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>43,419</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...168 lines deleted...]
-          <x:t>42,201</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,797</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,618</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,772</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,540</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>