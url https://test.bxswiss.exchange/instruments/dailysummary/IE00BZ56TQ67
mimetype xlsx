--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0ed61b48959c41e3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcf0e5dbcd1814dc3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0acd675f9b1c4911"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdeb099d6c92344d7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4ac1b7c0277141f3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0acd675f9b1c4911" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R660b9993506446be" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdeb099d6c92344d7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>WisdomTree Eurozone Quality Dividend Growth UCITS ETF - EUR Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BZ56TQ67</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...269 lines deleted...]
-          <x:t>15.09.2025</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,650</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>23,160</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23,333</x:t>
-[...134 lines deleted...]
-          <x:t>23,293</x:t>
+          <x:t>23,524</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,518</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,547</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>23,051</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23,101</x:t>
-[...188 lines deleted...]
-          <x:t>23,561</x:t>
+          <x:t>23,382</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,606</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,871</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,073</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,128</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,199</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,203</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,296</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,589</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,661</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,637</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,368</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,573</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,494</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,679</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>