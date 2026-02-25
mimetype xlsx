--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcf0e5dbcd1814dc3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R98668ae606a74895" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdeb099d6c92344d7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R170c1d0106fe463e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R660b9993506446be" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdeb099d6c92344d7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdc6daccf211640ce" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R170c1d0106fe463e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>WisdomTree Eurozone Quality Dividend Growth UCITS ETF - EUR Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BZ56TQ67</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24,633</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24,787</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24,535</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24,679</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,591</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,384</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,623</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,666</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,547</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,776</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,484</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,411</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,338</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,713</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,778</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,620</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>