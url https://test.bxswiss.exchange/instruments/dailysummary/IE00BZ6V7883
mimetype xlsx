--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R952aac28e809435b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R38b95ffb828a4323" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdf1538f9dec642a3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R14adc3f40fda4776"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R399e659b6aa14836" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdf1538f9dec642a3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R859623d4f74f49f4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R14adc3f40fda4776" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares IV US Mortgage Backed Securities UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BZ6V7883</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...41 lines deleted...]
-          <x:t>3,330</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,383</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,399</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,453</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,458</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,451</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,438</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,419</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,432</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,422</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,434</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,337</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,340</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...3 lines deleted...]
-          <x:t>03.09.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,333</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,328</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,344</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,359</x:t>
-[...296 lines deleted...]
-          <x:t>3,368</x:t>
+          <x:t>3,327</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,336</x:t>
-        </x:is>
-[...246 lines deleted...]
-          <x:t>3,378</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>