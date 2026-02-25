--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R38b95ffb828a4323" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbb824de093ab408d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R14adc3f40fda4776"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R327fc8e2cb294647"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R859623d4f74f49f4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R14adc3f40fda4776" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R38c993dfd05f4a66" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R327fc8e2cb294647" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares IV US Mortgage Backed Securities UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BZ6V7883</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...4 lines deleted...]
-          <x:t>3,365</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,336</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,333</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,342</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,348</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,333</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,318</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,333</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,327</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,338</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,347</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,366</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,402</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,373</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,385</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,363</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,380</x:t>
-[...43 lines deleted...]
-          <x:t>3,402</x:t>
+          <x:t>3,371</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,391</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,401</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,379</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,399</x:t>
-[...512 lines deleted...]
-          <x:t>3,336</x:t>
+          <x:t>3,388</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>