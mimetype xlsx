--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc80973539c8949c6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd256e92869b74975" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R42f4b1d88c4649e7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc2e4cc18fb52443a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbf695bb559e74d93" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R42f4b1d88c4649e7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R57fee32488d140e1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc2e4cc18fb52443a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares IV MSCI India UCITS ETF USD Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BZCQB185</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...193 lines deleted...]
-          <x:t>7,646</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,856</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,906</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,899</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,041</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,949</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,938</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,904</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,967</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,963</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,857</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,754</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,828</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,901</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,781</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,787</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,748</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,709</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,661</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,673</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...1 lines deleted...]
-          <x:t>7,632</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,715</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,668</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...204 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,697</x:t>
-        </x:is>
-[...192 lines deleted...]
-          <x:t>7,571</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>