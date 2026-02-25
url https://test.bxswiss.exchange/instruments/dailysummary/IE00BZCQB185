--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd256e92869b74975" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R47993b3719c044fd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc2e4cc18fb52443a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2837c3326e3e4c08"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R57fee32488d140e1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc2e4cc18fb52443a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7c7979de5cd64fce" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2837c3326e3e4c08" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares IV MSCI India UCITS ETF USD Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BZCQB185</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...36 lines deleted...]
-          <x:t>7,910</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,697</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,637</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,848</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,788</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,674</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,698</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,847</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,846</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,863</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>7,906</x:t>
-[...60 lines deleted...]
-          <x:t>20.11.2025</x:t>
+          <x:t>7,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,894</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,811</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,756</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,748</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,675</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>8,083</x:t>
-[...463 lines deleted...]
-          <x:t>7,668</x:t>
+          <x:t>7,738</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,722</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,777</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,714</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>