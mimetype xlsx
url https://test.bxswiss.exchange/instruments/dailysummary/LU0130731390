--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re85d164967b547f3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R704638ade584490d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R03876d89789f45c8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb40793a056ab467d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raeeee3f63b074557" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R03876d89789f45c8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Reaf1f15083404b33" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb40793a056ab467d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Pictet SICAV - Europe Index PC</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0130731390</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>329,950</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,725</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>