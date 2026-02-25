--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R704638ade584490d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re27e22c44ca14fad" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb40793a056ab467d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf8bf872d6bb04f73"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Reaf1f15083404b33" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb40793a056ab467d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8c865034ff46407f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf8bf872d6bb04f73" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Pictet SICAV - Europe Index PC</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0130731390</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...392 lines deleted...]
-          <x:t>337,225</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,975</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>338,825</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...185 lines deleted...]
-          <x:t>340,725</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,275</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>