--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R957dc7a4d5824caa" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb0d69d89fd4142b6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc6480ef6439b4a53"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R73e777e4f90d49ea"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R338289949cee44a5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc6480ef6439b4a53" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R69a1afdf4b084b6b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R73e777e4f90d49ea" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Pictet SICAV - USA Index PC</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0130732877</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...252 lines deleted...]
-          <x:t>622,000</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>634,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>638,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>623,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>638,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>637,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>637,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>631,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>634,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>627,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>628,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>620,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>625,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>625,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>631,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>624,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>626,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>633,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>638,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>631,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>631,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>617,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>620,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>615,600</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>620,150</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...283 lines deleted...]
-          <x:t>629,200</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>625,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>632,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>624,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>631,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>632,825</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>628,050</x:t>
-[...58 lines deleted...]
-          <x:t>630,900</x:t>
+          <x:t>634,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>628,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>634,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>640,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>644,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>640,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>643,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>643,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>643,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>643,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>643,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>644,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>646,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>643,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>645,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>642,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>644,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>641,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>644,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>643,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>646,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>642,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>643,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>646,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>646,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>642,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>645,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>646,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>648,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>645,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>646,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>648,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>650,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>647,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>648,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>649,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>649,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>645,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>646,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>646,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>648,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>645,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>647,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>645,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>646,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>644,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>646,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>646,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>649,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>645,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>647,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>651,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>651,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>642,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>644,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>650,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>650,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>642,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>645,600</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>