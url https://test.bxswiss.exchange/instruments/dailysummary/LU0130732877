--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb0d69d89fd4142b6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf2b70e58cd1d4649" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R73e777e4f90d49ea"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Reed77fe9d3c747cf"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R69a1afdf4b084b6b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R73e777e4f90d49ea" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8054ea830fa34b8d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Reed77fe9d3c747cf" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Pictet SICAV - USA Index PC</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0130732877</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...414 lines deleted...]
-          <x:t>650,950</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>650,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>650,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>642,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>645,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>640,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>643,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>639,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>640,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>642,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>643,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>636,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>637,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>635,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>643,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>635,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>642,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>641,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>645,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>639,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>644,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>647,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>649,400</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>647,350</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>648,650</x:t>
-[...161 lines deleted...]
-          <x:t>645,600</x:t>
+          <x:t>649,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>649,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>651,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>648,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>650,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>654,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>654,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>651,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>651,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>652,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>652,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>652,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>652,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>648,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>653,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>648,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>652,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>652,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>654,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>651,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>653,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>655,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>656,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>655,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>655,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>653,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>653,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>651,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>652,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>653,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>657,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>653,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>656,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>655,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>658,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>653,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>657,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>658,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>659,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>655,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>657,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>657,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>657,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>650,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>652,800</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>