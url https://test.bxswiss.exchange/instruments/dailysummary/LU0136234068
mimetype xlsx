--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R80725a04041146fd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R87946ec52bb54473" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf9ed592f440544d2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Red3f87558970416a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R838f86d75b9f4568" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf9ed592f440544d2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R83880db7160f4b2a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Red3f87558970416a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(L)FS - EURO STOXX 50 UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0136234068</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...284 lines deleted...]
-          <x:t>50,771</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,854</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,444</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,962</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,193</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,877</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>51,057</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...320 lines deleted...]
-          <x:t>52,639</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,706</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,983</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,498</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,129</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,189</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,247</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,349</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,533</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,607</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,093</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,212</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,148</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,794</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,157</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,953</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,345</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>