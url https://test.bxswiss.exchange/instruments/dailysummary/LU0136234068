--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R87946ec52bb54473" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R92ea10c8cb9a4e44" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Red3f87558970416a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1ce13a057bda44f1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R83880db7160f4b2a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Red3f87558970416a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rebafad44e22147d4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1ce13a057bda44f1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(L)FS - EURO STOXX 50 UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0136234068</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...382 lines deleted...]
-          <x:t>53,959</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,017</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,576</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,972</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,228</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,032</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,931</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>54,029</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>53,727</x:t>
-[...161 lines deleted...]
-          <x:t>53,856</x:t>
+          <x:t>53,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,891</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,700</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>53,953</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.12.2025</x:t>
-[...19 lines deleted...]
-          <x:t>54,345</x:t>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,488</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,688</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,669</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,497</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,404</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,558</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>