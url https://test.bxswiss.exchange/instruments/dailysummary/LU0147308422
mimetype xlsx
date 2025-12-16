--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R81e02460cb9344a9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc485e95021fd4c2c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdc56bda00f454e75"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R45a8a7386bea4e2b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8e42997136a14a43" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdc56bda00f454e75" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Red6a73a68cce45cf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R45a8a7386bea4e2b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(L)FS - MSCI EMU UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0147308422</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>175,290</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,674</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,616</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,281</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,213</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,074</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,176</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,294</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,844</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,968</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,731</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,168</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,971</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,859</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,258</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,665</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>