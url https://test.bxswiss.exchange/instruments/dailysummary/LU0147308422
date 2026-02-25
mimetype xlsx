--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc485e95021fd4c2c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R886c051b09244760" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R45a8a7386bea4e2b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5f79254953fb4051"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Red6a73a68cce45cf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R45a8a7386bea4e2b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4851271bd6854f2a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5f79254953fb4051" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(L)FS - MSCI EMU UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0147308422</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>179,126</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>181,034</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>179,126</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>180,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,819</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,714</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,884</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,754</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,278</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,794</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,951</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,119</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,634</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,569</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,143</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,925</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>