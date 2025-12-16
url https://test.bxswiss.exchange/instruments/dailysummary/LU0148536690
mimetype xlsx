--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra0b48fa0fa054f9a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3037bbd0450a498c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6a2a37d1738a46ad"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdc3039d22fbf415c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4e8d31c958e84946" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6a2a37d1738a46ad" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3aa30630f7a44f58" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdc3039d22fbf415c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Pictet SICAV - Japan Index PC</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0148536690</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>37.841,500</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41.594,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41.594,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41.261,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41.594,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41.241,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41.241,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41.157,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41.157,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40.052,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40.132,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39.930,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39.930,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40.057,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40.218,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40.057,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40.218,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40.585,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40.666,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40.504,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40.666,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40.576,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40.822,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40.413,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40.576,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40.693,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40.774,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40.652,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40.774,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40.413,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40.413,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40.291,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40.413,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41.290,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41.373,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41.290,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41.373,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41.394,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41.394,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41.311,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41.394,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41.517,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41.517,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41.517,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41.517,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41.006,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41.048,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40.924,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40.924,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41.043,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41.166,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41.043,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41.166,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40.985,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40.985,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40.738,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40.738,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41.905,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41.905,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41.696,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41.696,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41.444,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41.527,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41.444,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41.444,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41.670,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41.670,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41.670,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41.670,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41.676,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41.802,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41.676,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41.676,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41.763,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41.763,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41.679,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41.679,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41.307,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41.472,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41.307,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41.472,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42.208,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42.208,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41.572,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41.869,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42.457,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42.457,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42.308,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42.350,500</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>