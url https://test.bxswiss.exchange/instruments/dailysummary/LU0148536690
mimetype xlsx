--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3037bbd0450a498c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Redc5699c09144245" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdc3039d22fbf415c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8979da9edb744f95"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3aa30630f7a44f58" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdc3039d22fbf415c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3345aaca2c774a8a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8979da9edb744f95" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Pictet SICAV - Japan Index PC</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0148536690</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>42.457,000</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>42.457,000</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>42.308,500</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>42.350,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41.497,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41.497,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41.497,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41.497,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41.461,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41.461,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41.419,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41.419,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41.322,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41.446,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41.322,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41.446,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41.726,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41.810,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41.726,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41.810,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41.776,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41.776,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41.776,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41.776,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42.107,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42.107,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42.107,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42.107,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42.072,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42.072,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41.987,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41.987,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41.902,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41.902,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41.902,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41.902,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42.636,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42.766,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42.636,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42.766,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43.584,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43.584,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43.278,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43.278,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43.204,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43.204,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43.204,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43.204,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42.912,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42.998,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42.912,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42.998,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43.216,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43.389,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43.216,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43.389,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44.289,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44.420,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44.289,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44.420,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44.332,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44.510,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44.332,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44.510,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44.915,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44.915,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44.825,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44.825,000</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>