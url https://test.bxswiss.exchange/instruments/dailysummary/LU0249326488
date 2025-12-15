--- v0 (2025-10-02)
+++ v1 (2025-12-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R42341f6794d44061" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1a03a1637b4b4262" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4731d963f67a4bb8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R754cab2d4a4c44e6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0d1e648324264d63" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4731d963f67a4bb8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf8e31cb2cc784b8f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R754cab2d4a4c44e6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Market Access Rogers International Commodity UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0249326488</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...500 lines deleted...]
-          <x:t>25,124</x:t>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,507</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,558</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,570</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>25,381</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...104 lines deleted...]
-          <x:t>25,096</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,511</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,592</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,679</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,628</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,438</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,259</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,613</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,899</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,986</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,002</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,334</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,084</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,847</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,697</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,418</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,311</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>