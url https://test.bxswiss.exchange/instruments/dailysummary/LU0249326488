--- v1 (2025-12-15)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1a03a1637b4b4262" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7a9ff6e426e44e9a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R754cab2d4a4c44e6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd3973c111ec74ee5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf8e31cb2cc784b8f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R754cab2d4a4c44e6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb57576de85d143c8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd3973c111ec74ee5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Market Access Rogers International Commodity UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0249326488</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.11.2025</x:t>
-[...90 lines deleted...]
-          <x:t>25,831</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,142</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,189</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>25,377</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>25,592</x:t>
-[...129 lines deleted...]
-          <x:t>25,174</x:t>
+          <x:t>24,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,034</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>25,259</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...138 lines deleted...]
-          <x:t>03.12.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,253</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,389</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,652</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,681</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>25,898</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...168 lines deleted...]
-          <x:t>25,363</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,447</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,133</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,882</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,030</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>25,418</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...23 lines deleted...]
-          <x:t>25,311</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,961</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,519</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,898</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,897</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>