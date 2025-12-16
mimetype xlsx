--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R579cddf8460c4c3d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd27d52735b1c45a4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdb9bd3ba605543f2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R90b0405efe3e43ce"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R23953ab933074534" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdb9bd3ba605543f2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7699221a22a2494e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R90b0405efe3e43ce" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amundi Dax III UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0252633754</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>206,765</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,224</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,847</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,924</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,599</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,974</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,429</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,238</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,841</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,036</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,314</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,064</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,409</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,222</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,066</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,079</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,669</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,462</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>