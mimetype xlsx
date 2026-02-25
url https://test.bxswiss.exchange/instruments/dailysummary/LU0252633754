--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd27d52735b1c45a4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R60432464a5be4c23" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R90b0405efe3e43ce"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R069d884e212c41c8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7699221a22a2494e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R90b0405efe3e43ce" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4363ff906616479d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R069d884e212c41c8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amundi Dax III UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0252633754</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>207,698</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>207,849</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>206,396</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>207,462</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,949</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,927</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,764</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,908</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,288</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,919</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,691</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,744</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,014</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,192</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,971</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,683</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,563</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>