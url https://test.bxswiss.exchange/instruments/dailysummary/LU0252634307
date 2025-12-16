--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0cce73ccf2924889" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8fa53886187e4528" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R14ae483f24264986"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R742b42d375a14cc0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd6dc7c509fba4aa5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R14ae483f24264986" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R50ad11aeffb64ff3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R742b42d375a14cc0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amundi Levdax Daily (2X) Leveraged UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0252634307</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>235,814</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,642</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,089</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,534</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,042</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,881</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,506</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,663</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,124</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,892</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,617</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,812</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,231</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,429</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,683</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,547</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,497</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,524</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,132</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,466</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>