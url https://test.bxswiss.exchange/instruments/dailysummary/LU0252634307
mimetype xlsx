--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8fa53886187e4528" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb46d93f9b31e464d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R742b42d375a14cc0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3f3248e3e7e54565"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R50ad11aeffb64ff3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R742b42d375a14cc0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5b6d5f17f25a496a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3f3248e3e7e54565" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amundi Levdax Daily (2X) Leveraged UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0252634307</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>236,895</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>236,895</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>233,466</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>235,466</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,183</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,167</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,119</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,994</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,573</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,704</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,986</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,313</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,906</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,478</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,844</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,858</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,480</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>