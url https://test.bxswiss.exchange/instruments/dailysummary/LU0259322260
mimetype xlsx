--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rebc2372f5a764c2a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3d2659b6bc544919" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rde4ee738f76449f8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8a5ee0a83c7d40e4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb238bd70f7b3480a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rde4ee738f76449f8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5460b25eec6e425a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8a5ee0a83c7d40e4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Market Access NYSE Arca Gold Bugs UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0259322260</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>204,661</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,593</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,174</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,253</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,936</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,789</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,328</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,732</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,496</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,442</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,618</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,602</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,648</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,454</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,748</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,592</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,256</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,685</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>