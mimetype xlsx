--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3d2659b6bc544919" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1c172f09d7b141a7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8a5ee0a83c7d40e4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R62f1398853014ed9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5460b25eec6e425a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8a5ee0a83c7d40e4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd8667b31612d471e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R62f1398853014ed9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Market Access NYSE Arca Gold Bugs UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0259322260</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>234,198</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>236,604</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>228,424</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>229,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,271</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,976</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,456</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,906</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,069</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,788</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,919</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,969</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,911</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,696</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,176</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,926</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,722</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,859</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,399</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>