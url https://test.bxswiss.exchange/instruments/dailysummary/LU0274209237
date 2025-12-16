--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb10655af76b84765" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc7029f84959a497d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rea84795f53d342b5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5093122a5c92401c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2c3395f06d16408c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rea84795f53d342b5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfea4933b1abe43e6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5093122a5c92401c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers MSCI Europe UCITS ETF 1C Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0274209237</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...581 lines deleted...]
-          <x:t>93,540</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,109</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,669</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,306</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,873</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,209</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,107</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,243</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,348</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,239</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,358</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,464</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,143</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,456</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,286</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,926</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,251</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,928</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,783</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>