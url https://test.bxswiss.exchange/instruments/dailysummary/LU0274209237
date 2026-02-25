--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc7029f84959a497d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R46664437aa584c8f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5093122a5c92401c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R47843006626c4250"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfea4933b1abe43e6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5093122a5c92401c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdee220759c504c5a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R47843006626c4250" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers MSCI Europe UCITS ETF 1C Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0274209237</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,207</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,831</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,142</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,302</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,759</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,309</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,116</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,014</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,017</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,121</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,949</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,721</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,819</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,018</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,123</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>